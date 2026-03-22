--- v1 (2026-03-22)
+++ v2 (2026-03-22)
@@ -20,66 +20,66 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Inscripciones" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Prueba</t>
   </si>
   <si>
     <t>10km Marcha MASC. RUTA</t>
   </si>
   <si>
+    <t>20km Marcha MASC. RUTA</t>
+  </si>
+  <si>
     <t>Medio maratón Marcha Masc.</t>
   </si>
   <si>
-    <t>20km Marcha MASC. RUTA</t>
-[...1 lines deleted...]
-  <si>
     <t>Maratón Marcha Hombres</t>
   </si>
   <si>
     <t>10km Marcha FEM. RUTA</t>
   </si>
   <si>
+    <t>20km Marcha FEM. RUTA</t>
+  </si>
+  <si>
     <t>Medio maratón Marcha Fem.</t>
-  </si>
-[...1 lines deleted...]
-    <t>20km Marcha FEM. RUTA</t>
   </si>
   <si>
     <t>Maratón Marcha Mujeres</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>