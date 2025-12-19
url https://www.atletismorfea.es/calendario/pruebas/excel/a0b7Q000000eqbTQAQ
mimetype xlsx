--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -478,56 +478,56 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:1">
       <c r="A8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:1">
       <c r="A9" t="s">
         <v>7</v>