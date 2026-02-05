--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -62,54 +62,54 @@
   <si>
     <t>3.000m MASC. PC</t>
   </si>
   <si>
     <t>60m vallas (1,00) MASC. PC</t>
   </si>
   <si>
     <t>Altura MASC. PC</t>
   </si>
   <si>
     <t>Pértiga  MASC. PC</t>
   </si>
   <si>
     <t>Longitud MASC. PC</t>
   </si>
   <si>
     <t>Triple Salto MASC. PC</t>
   </si>
   <si>
     <t>Peso (6kg) MASC. PC</t>
   </si>
   <si>
     <t>4x400m MASC. PC</t>
   </si>
   <si>
+    <t>60m FEM. PC</t>
+  </si>
+  <si>
     <t>60m FEM. AL</t>
-  </si>
-[...1 lines deleted...]
-    <t>60m FEM. PC</t>
   </si>
   <si>
     <t>80m FEM. AL</t>
   </si>
   <si>
     <t>60m vallas (0,84) FEM. AL</t>
   </si>
   <si>
     <t>200m FEM. PC</t>
   </si>
   <si>
     <t>400m FEM. PC</t>
   </si>
   <si>
     <t>800m FEM. PC</t>
   </si>
   <si>
     <t>1.500m FEM. PC</t>
   </si>
   <si>
     <t>3.000m FEM. PC</t>
   </si>
   <si>
     <t>60m vallas (0,84) FEM. PC</t>
   </si>
@@ -478,56 +478,56 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:1">
       <c r="A8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:1">
       <c r="A9" t="s">
         <v>7</v>
@@ -563,51 +563,51 @@
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:1">
       <c r="A16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:1">
       <c r="A17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:1">
       <c r="A18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:1">
       <c r="A19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:1">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:1">
       <c r="A21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:1">
       <c r="A22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:1">
       <c r="A23" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:1">
       <c r="A24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:1">
       <c r="A25" t="s">
         <v>22</v>